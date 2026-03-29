--- v0 (2025-12-27)
+++ v1 (2026-03-29)
@@ -43,174 +43,174 @@
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magneetstaaf - standaard - N42</w:t>
+              <w:t xml:space="preserve">Magnetická tyč - standardní - N42</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artikelnummer: SBAMA100010-400</w:t>
+              <w:t xml:space="preserve">Číslo výrobku: SBAMA100010-400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:bidi w:val="false"/>
         <w:rPr>
           <w:lang w:val="nl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kenmerken</w:t>
+        <w:t xml:space="preserve">Vlastnosti</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Omschrijving</w:t>
+              <w:t xml:space="preserve">Popis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magneetstaaf - standaard - N42</w:t>
+              <w:t xml:space="preserve">Magnetická tyč - standardní - N42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Artikelnummer</w:t>
+              <w:t xml:space="preserve">Číslo výrobku</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SBAMA100010-400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Product key</w:t>
+              <w:t xml:space="preserve">Produktový klíč</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">BAR-N-23-400-25-1M6-NW-B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>