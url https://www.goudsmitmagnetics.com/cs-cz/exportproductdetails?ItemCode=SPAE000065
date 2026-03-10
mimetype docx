--- v0 (2025-12-18)
+++ v1 (2026-03-10)
@@ -49,51 +49,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2876550" cy="2152650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Picture 2" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="https://www.goudsmitmagnetics.com/uploads/images/SPAE000065_1_12491.png" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="R1a65bbf378824461"/>
+                          <a:blip r:embed="R1ff7e2e6d8b54ada"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2876550" cy="2152650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
@@ -5680,51 +5680,51 @@
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R1a65bbf378824461" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R1ff7e2e6d8b54ada" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Goudsmit Corporate Theme 2023">
   <a:themeElements>
     <a:clrScheme name="Goudsmit Colour Palette 2023">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>