--- v0 (2025-12-22)
+++ v1 (2026-02-18)
@@ -1,79 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidRPr="00C71B9E" w:rsidR="5363F69E" w:rsidP="00C71B9E" w:rsidRDefault="5363F69E" w14:paraId="4C94AECF" w14:textId="52FF6BD6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol/>
         <w:gridCol/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p/>
+          <w:p>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2876550" cy="2152650"/>
+                  <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+                  <wp:docPr id="2" name="Picture 2" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="2" name="https://www.goudsmitmagnetics.com/uploads/images/SBANA100020-250_1_15168.jpg" descr=""/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="R5679a5cc9b3e4592"/>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2876550" cy="2152650"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetstab - hitzebeständig - N42SH</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
@@ -4585,52 +4627,51 @@
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.jpg" Id="R5679a5cc9b3e4592" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Goudsmit Corporate Theme 2023">
   <a:themeElements>
     <a:clrScheme name="Goudsmit Colour Palette 2023">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>