--- v0 (2025-12-09)
+++ v1 (2026-03-10)
@@ -49,51 +49,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2876550" cy="2152650"/>
                   <wp:effectExtent l="19050" t="0" r="0" b="0"/>
                   <wp:docPr id="2" name="Picture 2" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="https://www.goudsmitmagnetics.com/uploads/images/SVMF040400_1_10343.png" descr=""/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="Rea2c561737f34c08"/>
+                          <a:blip r:embed="Rf1a82671c373439e"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2876550" cy="2152650"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
@@ -238,651 +238,622 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SVM-F-204x92-0400-B-F0E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Product name</w:t>
+              <w:t xml:space="preserve">Min. Fe-particle size that can be caught</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">SVMF040400                </w:t>
+              <w:t xml:space="preserve">0,5 mm                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Min. Fe-particle size that can be caught</w:t>
+              <w:t xml:space="preserve">Advised max. installation height</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">0,5 mm                </w:t>
+              <w:t xml:space="preserve">70-110 mm                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advised max. installation height</w:t>
+              <w:t xml:space="preserve">Production stop required during ferrous particles disposal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">70-110 mm                </w:t>
+              <w:t xml:space="preserve">Yes                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Production stop required during ferrous particles disposal</w:t>
+              <w:t xml:space="preserve">Cleaning (ferrous particles disposal) method</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yes                </w:t>
+              <w:t xml:space="preserve">Manual                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cleaning (ferrous particles disposal) method</w:t>
+              <w:t xml:space="preserve">Ferrous particles disposal via</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manual                </w:t>
+              <w:t xml:space="preserve">Manually by wiping                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ferrous particles disposal via</w:t>
+              <w:t xml:space="preserve">Installation/transport interface</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Manually by wiping                </w:t>
+              <w:t xml:space="preserve">Threaded hole M8 (4x)                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Installation/transport interface</w:t>
+              <w:t xml:space="preserve">Material housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Threaded hole M8 (4x)                </w:t>
+              <w:t xml:space="preserve">AISI304 (SS 1.4301) / S235JRC+C (St 1.0122)                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Material housing</w:t>
+              <w:t xml:space="preserve">Surface treatment/finishing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">AISI304 (SS 1.4301) / S235JRC+C (St 1.0122)                </w:t>
+              <w:t xml:space="preserve">Painted                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surface treatment/finishing</w:t>
+              <w:t xml:space="preserve">Welds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Painted                </w:t>
+              <w:t xml:space="preserve">WE: Intermittently welded                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Welds</w:t>
+              <w:t xml:space="preserve">Colour housing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">WE: Intermittently welded                </w:t>
+              <w:t xml:space="preserve">Red (Traffic red): RAL3020                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colour housing</w:t>
+              <w:t xml:space="preserve">Max. operating temperature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Red (Traffic red): RAL3020                </w:t>
+              <w:t xml:space="preserve">100 °C                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Max. operating temperature</w:t>
+              <w:t xml:space="preserve">Min./max. ambient temperature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">100 °C                </w:t>
+              <w:t xml:space="preserve">-20 to 60 °C                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Min./max. ambient temperature</w:t>
+              <w:t xml:space="preserve">Magnetic system</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">-20 to 60 °C                </w:t>
+              <w:t xml:space="preserve">Permanent ferrite magnet with flux boost                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic system</w:t>
+              <w:t xml:space="preserve">Magnet quality</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Permanent ferrite magnet with flux boost                </w:t>
+              <w:t xml:space="preserve">Anisotropic ferrite F-33                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnet quality</w:t>
+              <w:t xml:space="preserve">Magnet field strength (flux density) (±10%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anisotropic ferrite F-33                </w:t>
+              <w:t xml:space="preserve">2800 gauss                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnet field strength (flux density) (±10%)</w:t>
+              <w:t xml:space="preserve">Length</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">2800 gauss                </w:t>
+              <w:t xml:space="preserve">400 mm                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Length</w:t>
+              <w:t xml:space="preserve">Width</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">400 mm                </w:t>
+              <w:t xml:space="preserve">204 mm                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Width</w:t>
+              <w:t xml:space="preserve">Height</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">204 mm                </w:t>
+              <w:t xml:space="preserve">92 mm                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
-              <w:t xml:space="preserve">Height</w:t>
+              <w:t xml:space="preserve">Weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
-              </w:rPr>
-[...27 lines deleted...]
-                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">34 kg                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidRPr="00C71B9E" w:rsidR="5363F69E" w:rsidSect="00833745">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="145D945A" w14:textId="77777777" w:rsidR="00F543B7" w:rsidRDefault="00F543B7" w:rsidP="006A1028">
@@ -4841,51 +4812,51 @@
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rea2c561737f34c08" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rf1a82671c373439e" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.goudsmitmagnetics.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Goudsmit Corporate Theme 2023">
   <a:themeElements>
     <a:clrScheme name="Goudsmit Colour Palette 2023">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>