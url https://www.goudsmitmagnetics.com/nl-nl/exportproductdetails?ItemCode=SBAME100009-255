--- v0 (2025-12-26)
+++ v1 (2026-03-14)
@@ -180,50 +180,484 @@
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Product key</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">BAR-N-23-255-25-CPC-SH-B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Product name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magnetic bar                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Min. Fe-particle size that can be caught</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,03 mm                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cleaning (ferrous particles disposal) method</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manual                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mounting interface</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pin with top cone                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Material tube</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AISI316L (SS 1.4404)                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Surface treatment/finishing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S9: Polished, Ra 0,4 µm                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Welds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WM: continuously welded                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max. operating temperature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60 °C                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Waterproof</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Magnet quality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neodymium N-42                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux density on magnet tube in contact with product (±10%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10700 gauss                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diameter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23 mm                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Length</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:shd w:val="clear" w:fill="F4F5F5"/>
+              </w:rPr>
+              <w:t xml:space="preserve">255 mm                </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weight</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,77 kg                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr w:rsidRPr="00C71B9E" w:rsidR="5363F69E" w:rsidSect="00833745">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="145D945A" w14:textId="77777777" w:rsidR="00F543B7" w:rsidRDefault="00F543B7" w:rsidP="006A1028">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>