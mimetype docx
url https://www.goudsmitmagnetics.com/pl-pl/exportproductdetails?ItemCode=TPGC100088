--- v0 (2026-01-01)
+++ v1 (2026-03-12)
@@ -675,51 +675,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Air consumption per cycle (1x up, 1x down)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">1,352                </w:t>
+              <w:t xml:space="preserve">1,352 l                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:shd w:val="clear" w:fill="F4F5F5"/>
               </w:rPr>
               <w:t xml:space="preserve">Magnetic system</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F5F5"/>
             <w:vAlign w:val="center"/>